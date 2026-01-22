--- v0 (2025-10-14)
+++ v1 (2026-01-22)
@@ -1,68 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Marketing\Project Atlantic\AIGLL Website\CMS Documents\New Documents - same URL\Phase 2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Marketing\Part VII\Shop Window\Literature_Final\Non-Priority Static Docs_Batch 5_041125\Final\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CB3D7504-437F-4589-8296-0E457AB994A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="EC06" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="480" yWindow="120" windowWidth="23000" windowHeight="14370"/>
+    <workbookView xWindow="15375" yWindow="-16485" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Gift Inter Vivos Calculator" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Gift Inter Vivos Calculator'!$B$2:$G$53</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D35" i="5" l="1"/>
   <c r="D34" i="5"/>
   <c r="D33" i="5"/>
   <c r="D32" i="5"/>
   <c r="D31" i="5"/>
   <c r="D30" i="5"/>
   <c r="D29" i="5"/>
   <c r="L8" i="5" l="1"/>
   <c r="K8" i="5"/>
   <c r="L7" i="5"/>
   <c r="K7" i="5"/>
   <c r="L6" i="5"/>
   <c r="K6" i="5"/>
   <c r="L5" i="5"/>
   <c r="K5" i="5"/>
   <c r="L4" i="5"/>
   <c r="F19" i="5" s="1"/>
   <c r="L14" i="5" s="1"/>
   <c r="K4" i="5"/>
   <c r="L12" i="5" l="1"/>
@@ -175,53 +193,50 @@
   <si>
     <t>Total Cover</t>
   </si>
   <si>
     <t>IHT Liability</t>
   </si>
   <si>
     <t>Cover/cost per year</t>
   </si>
   <si>
     <t>Cover structure</t>
   </si>
   <si>
     <t>Cost over Term</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Total Premiums</t>
   </si>
   <si>
     <t>Initial IHT liability on gift</t>
   </si>
   <si>
-    <t>EDCO 3650-0224</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Please complete all </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFB10101"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>red</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> fields </t>
     </r>
     <r>
@@ -266,72 +281,75 @@
         <sz val="10.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Total premium will reduce each year from year 4 onwards</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Total Premium </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFB10101"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>*</t>
     </r>
   </si>
   <si>
-    <t>Calculate the Level Term cover required to mirror the reducing IHT liability on a gift, and compare the overall cost with Aviva Protection UK Limited against a competitor's Gift Inter Vivos (GIV) product.</t>
-[...4 lines deleted...]
-  <si>
     <t>Aviva vs competitor's GIV product</t>
   </si>
   <si>
     <t>Aviva total cost of cover</t>
   </si>
   <si>
     <t>Total cost difference with Aviva</t>
   </si>
   <si>
     <t>Gift Inter Vivos with Aviva</t>
+  </si>
+  <si>
+    <t>Calculate the Level Term cover required to mirror the reducing IHT liability on a gift, and compare the overall cost with Aviva Life &amp; Pensions UK Limited against a competitor's Gift Inter Vivos (GIV) product.</t>
+  </si>
+  <si>
+    <t>EDCO 3650-0126</t>
+  </si>
+  <si>
+    <t>Aviva Life &amp; Pensions UK Limited. Registered in England and Wales No 3253947. Aviva, Wellington Row, York, YO90 1WR. Authorised by the Prudential Regulation Authority and regulated by the Financial Conduct Authority and the Prudential Regulation Authority. Firm reference number 185896.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="&quot;£&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="&quot;£&quot;#,##0"/>
   </numFmts>
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1106,220 +1124,226 @@
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFB10101"/>
       <color rgb="FF9CCDFB"/>
       <color rgb="FFFFF3C6"/>
       <color rgb="FFFFD900"/>
       <color rgb="FF191D64"/>
       <color rgb="FFCC0066"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>152400</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>5300</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>115748</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2"/>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4810125" y="447675"/>
           <a:ext cx="1329275" cy="239573"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1448,1073 +1472,1338 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O57"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+      <selection activeCell="D61" sqref="D61"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="17" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="17.25" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="3.7265625" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="14" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
+    <col min="3" max="4" width="20.140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="22.140625" style="22" customWidth="1"/>
+    <col min="6" max="6" width="22.140625" style="47" customWidth="1"/>
+    <col min="7" max="7" width="3.7109375" style="22" customWidth="1"/>
+    <col min="8" max="8" width="3.7109375" style="1" customWidth="1"/>
+    <col min="9" max="10" width="10.7109375" style="18" customWidth="1"/>
+    <col min="11" max="12" width="15.7109375" style="18" customWidth="1"/>
+    <col min="13" max="13" width="9.140625" style="52"/>
+    <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="3"/>
       <c r="B1" s="3"/>
       <c r="C1" s="14"/>
       <c r="D1" s="14"/>
       <c r="E1" s="15"/>
       <c r="F1" s="16"/>
       <c r="G1" s="15"/>
       <c r="H1" s="3"/>
     </row>
-    <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3"/>
       <c r="B2" s="5"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="7"/>
       <c r="H2" s="3"/>
       <c r="I2" s="18" t="s">
         <v>14</v>
       </c>
       <c r="J2" s="77" t="s">
         <v>16</v>
       </c>
       <c r="K2" s="77"/>
       <c r="L2" s="77"/>
     </row>
-    <row r="3" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="8"/>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="9"/>
       <c r="H3" s="3"/>
       <c r="I3" s="18" t="s">
         <v>13</v>
       </c>
       <c r="J3" s="56" t="s">
         <v>15</v>
       </c>
       <c r="K3" s="56" t="s">
         <v>13</v>
       </c>
       <c r="L3" s="56" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:12" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3"/>
       <c r="B4" s="8"/>
       <c r="C4" s="60" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="29"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="9"/>
       <c r="H4" s="3"/>
       <c r="J4" s="57">
         <v>3</v>
       </c>
       <c r="K4" s="58" t="str">
         <f>IF(E19="","",(E19*12)*J4)</f>
         <v/>
       </c>
       <c r="L4" s="58" t="str">
         <f>IF(E19="","",E19*J4)</f>
         <v/>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="4"/>
       <c r="B5" s="8"/>
       <c r="C5" s="14"/>
       <c r="D5" s="14"/>
       <c r="E5" s="15"/>
       <c r="F5" s="16"/>
       <c r="G5" s="17"/>
       <c r="H5" s="4"/>
       <c r="J5" s="57">
         <v>4</v>
       </c>
       <c r="K5" s="58" t="str">
         <f>IF(E20="","",(E20*12)*J5)</f>
         <v/>
       </c>
       <c r="L5" s="58" t="str">
         <f>IF(E20="","",E20*J5)</f>
         <v/>
       </c>
     </row>
-    <row r="6" spans="1:12" ht="44.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:12" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="8"/>
       <c r="C6" s="79" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D6" s="79"/>
       <c r="E6" s="79"/>
       <c r="F6" s="79"/>
       <c r="G6" s="17"/>
       <c r="H6" s="3"/>
       <c r="J6" s="57">
         <v>5</v>
       </c>
       <c r="K6" s="58" t="str">
         <f>IF(E21="","",(E21*12)*J6)</f>
         <v/>
       </c>
       <c r="L6" s="58" t="str">
         <f>IF(E21="","",E21*J6)</f>
         <v/>
       </c>
     </row>
-    <row r="7" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:12" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3"/>
       <c r="B7" s="8"/>
       <c r="C7" s="14"/>
       <c r="D7" s="14"/>
       <c r="E7" s="15"/>
       <c r="F7" s="16"/>
       <c r="G7" s="17"/>
       <c r="H7" s="3"/>
       <c r="J7" s="57">
         <v>6</v>
       </c>
       <c r="K7" s="58" t="str">
         <f>IF(E22="","",(E22*12)*J7)</f>
         <v/>
       </c>
       <c r="L7" s="58" t="str">
         <f>IF(E22="","",E22*J7)</f>
         <v/>
       </c>
     </row>
-    <row r="8" spans="1:12" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
       <c r="B8" s="8"/>
       <c r="C8" s="30" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D8" s="30"/>
       <c r="E8" s="31"/>
       <c r="F8" s="31"/>
       <c r="G8" s="17"/>
       <c r="H8" s="3"/>
       <c r="J8" s="57">
         <v>7</v>
       </c>
       <c r="K8" s="58" t="str">
         <f>IF(E23="","",(E23*12)*J8)</f>
         <v/>
       </c>
       <c r="L8" s="58" t="str">
         <f>IF(E23="","",E23*J8)</f>
         <v/>
       </c>
     </row>
-    <row r="9" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3"/>
       <c r="B9" s="8"/>
       <c r="C9" s="14"/>
       <c r="D9" s="14"/>
       <c r="E9" s="15"/>
       <c r="F9" s="16"/>
       <c r="G9" s="17"/>
       <c r="H9" s="3"/>
     </row>
-    <row r="10" spans="1:12" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3"/>
       <c r="B10" s="8"/>
       <c r="C10" s="83" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D10" s="83"/>
       <c r="E10" s="83"/>
       <c r="F10" s="83"/>
       <c r="G10" s="17"/>
       <c r="H10" s="3"/>
       <c r="J10" s="77" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="77"/>
       <c r="L10" s="77"/>
     </row>
-    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3"/>
       <c r="B11" s="8"/>
       <c r="C11" s="14"/>
       <c r="D11" s="14"/>
       <c r="E11" s="63"/>
       <c r="F11" s="16"/>
       <c r="G11" s="17"/>
       <c r="H11" s="3"/>
       <c r="J11" s="56" t="s">
         <v>15</v>
       </c>
       <c r="K11" s="56" t="s">
         <v>13</v>
       </c>
       <c r="L11" s="56" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="12" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3"/>
       <c r="B12" s="8"/>
       <c r="C12" s="32" t="s">
         <v>26</v>
       </c>
       <c r="D12" s="33"/>
       <c r="E12" s="65"/>
       <c r="F12" s="64"/>
       <c r="G12" s="13"/>
       <c r="H12" s="3"/>
       <c r="J12" s="57">
         <v>1</v>
       </c>
       <c r="K12" s="58" t="str">
         <f>IF(F19="","",SUM(E19:E23)*12)</f>
         <v/>
       </c>
       <c r="L12" s="58" t="str">
         <f>IF(F19="","",SUM(E19:E23))</f>
         <v/>
       </c>
     </row>
-    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="3"/>
       <c r="B13" s="8"/>
       <c r="C13" s="35"/>
       <c r="D13" s="35"/>
       <c r="E13" s="66"/>
       <c r="F13" s="16"/>
       <c r="G13" s="17"/>
       <c r="H13" s="3"/>
       <c r="J13" s="57">
         <v>2</v>
       </c>
       <c r="K13" s="58" t="str">
         <f>IF(F19="","",SUM(E19:E23)*12)</f>
         <v/>
       </c>
       <c r="L13" s="58" t="str">
         <f>IF(F19="","",SUM(E19:E23))</f>
         <v/>
       </c>
     </row>
-    <row r="14" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="3"/>
       <c r="B14" s="8"/>
       <c r="C14" s="32" t="s">
         <v>12</v>
       </c>
       <c r="D14" s="33"/>
       <c r="E14" s="67" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="64"/>
       <c r="G14" s="13"/>
       <c r="H14" s="3"/>
       <c r="J14" s="57">
         <v>3</v>
       </c>
       <c r="K14" s="58" t="str">
         <f>IF(F19="","",SUM(E19:E23)*12)</f>
         <v/>
       </c>
       <c r="L14" s="58" t="str">
         <f>IF(F19="","",SUM(E19:E23))</f>
         <v/>
       </c>
     </row>
-    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
       <c r="B15" s="8"/>
       <c r="C15" s="35"/>
       <c r="D15" s="35"/>
       <c r="E15" s="66"/>
       <c r="F15" s="16"/>
       <c r="G15" s="17"/>
       <c r="H15" s="3"/>
       <c r="J15" s="57">
         <v>4</v>
       </c>
       <c r="K15" s="58" t="str">
         <f>IF(F20="","",SUM(E20:E23)*12)</f>
         <v/>
       </c>
       <c r="L15" s="58" t="str">
         <f>IF(F20="","",SUM(E20:E23))</f>
         <v/>
       </c>
     </row>
-    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="3"/>
       <c r="B16" s="8"/>
       <c r="C16" s="39" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="35"/>
       <c r="E16" s="15"/>
       <c r="F16" s="16"/>
       <c r="G16" s="17"/>
       <c r="H16" s="3"/>
       <c r="J16" s="57">
         <v>5</v>
       </c>
       <c r="K16" s="58" t="str">
         <f>IF(F21="","",SUM(E21:E23)*12)</f>
         <v/>
       </c>
       <c r="L16" s="58" t="str">
         <f>IF(F21="","",SUM(E21:E23))</f>
         <v/>
       </c>
     </row>
-    <row r="17" spans="1:12" ht="10" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:12" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3"/>
       <c r="B17" s="8"/>
       <c r="C17" s="35"/>
       <c r="D17" s="35"/>
       <c r="E17" s="15"/>
       <c r="F17" s="16"/>
       <c r="G17" s="17"/>
       <c r="H17" s="3"/>
       <c r="J17" s="57">
         <v>6</v>
       </c>
       <c r="K17" s="58" t="str">
         <f>IF(F22="","",SUM(E22:E23)*12)</f>
         <v/>
       </c>
       <c r="L17" s="58" t="str">
         <f>IF(F22="","",SUM(E22:E23))</f>
         <v/>
       </c>
     </row>
-    <row r="18" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3"/>
       <c r="B18" s="8"/>
       <c r="C18" s="61" t="s">
         <v>3</v>
       </c>
       <c r="D18" s="61" t="s">
         <v>4</v>
       </c>
       <c r="E18" s="62" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F18" s="61" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="13"/>
       <c r="H18" s="3"/>
       <c r="J18" s="57">
         <v>7</v>
       </c>
       <c r="K18" s="58" t="str">
         <f>IF(F23="","",SUM(E23)*12)</f>
         <v/>
       </c>
       <c r="L18" s="58" t="str">
         <f>IF(F23="","",SUM(E23))</f>
         <v/>
       </c>
     </row>
-    <row r="19" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="3"/>
       <c r="B19" s="8"/>
       <c r="C19" s="23" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="24" t="str">
         <f>IF($E$12="","",$E$12/5)</f>
         <v/>
       </c>
       <c r="E19" s="69"/>
       <c r="F19" s="68" t="str">
         <f>IF($E$14="Monthly",K4,L4)</f>
         <v/>
       </c>
       <c r="G19" s="13"/>
       <c r="H19" s="3"/>
     </row>
-    <row r="20" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="3"/>
       <c r="B20" s="8"/>
       <c r="C20" s="23" t="s">
         <v>5</v>
       </c>
       <c r="D20" s="70" t="str">
         <f>IF($E$12="","",$E$12/5)</f>
         <v/>
       </c>
       <c r="E20" s="71"/>
       <c r="F20" s="68" t="str">
         <f>IF($E$14="Monthly",K5,L5)</f>
         <v/>
       </c>
       <c r="G20" s="13"/>
       <c r="H20" s="3"/>
     </row>
-    <row r="21" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3"/>
       <c r="B21" s="8"/>
       <c r="C21" s="23" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="24" t="str">
         <f>IF($E$12="","",$E$12/5)</f>
         <v/>
       </c>
       <c r="E21" s="72"/>
       <c r="F21" s="68" t="str">
         <f>IF($E$14="Monthly",K6,L6)</f>
         <v/>
       </c>
       <c r="G21" s="13"/>
       <c r="H21" s="3"/>
     </row>
-    <row r="22" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
       <c r="B22" s="8"/>
       <c r="C22" s="23" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="24" t="str">
         <f>IF($E$12="","",$E$12/5)</f>
         <v/>
       </c>
       <c r="E22" s="69"/>
       <c r="F22" s="68" t="str">
         <f>IF($E$14="Monthly",K7,L7)</f>
         <v/>
       </c>
       <c r="G22" s="13"/>
       <c r="H22" s="3"/>
     </row>
-    <row r="23" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="3"/>
       <c r="B23" s="8"/>
       <c r="C23" s="25" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="70" t="str">
         <f>IF($E$12="","",$E$12/5)</f>
         <v/>
       </c>
       <c r="E23" s="71"/>
       <c r="F23" s="68" t="str">
         <f>IF($E$14="Monthly",K8,L8)</f>
         <v/>
       </c>
       <c r="G23" s="13"/>
       <c r="H23" s="3"/>
     </row>
-    <row r="24" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="3"/>
       <c r="B24" s="8"/>
       <c r="C24" s="26" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="27" t="str">
         <f>IF($E$12="","",SUM(D19:D23))</f>
         <v/>
       </c>
       <c r="E24" s="73" t="str">
         <f>IF($E$19="","",SUM(E19:E23))</f>
         <v/>
       </c>
       <c r="F24" s="28" t="str">
         <f>IF($F$19="","",SUM(F19:F23))</f>
         <v/>
       </c>
       <c r="G24" s="13"/>
       <c r="H24" s="3"/>
     </row>
-    <row r="25" spans="1:12" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="3"/>
       <c r="B25" s="8"/>
       <c r="C25" s="35"/>
       <c r="D25" s="35"/>
       <c r="E25" s="15"/>
       <c r="F25" s="16"/>
       <c r="G25" s="17"/>
       <c r="H25" s="3"/>
     </row>
-    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="3"/>
       <c r="B26" s="8"/>
       <c r="C26" s="39" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="35"/>
       <c r="E26" s="15"/>
       <c r="F26" s="16"/>
       <c r="G26" s="17"/>
       <c r="H26" s="3"/>
     </row>
-    <row r="27" spans="1:12" ht="10" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:12" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="8"/>
       <c r="C27" s="35"/>
       <c r="D27" s="35"/>
       <c r="E27" s="15"/>
       <c r="F27" s="16"/>
       <c r="G27" s="17"/>
       <c r="H27" s="3"/>
     </row>
-    <row r="28" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="3"/>
       <c r="B28" s="8"/>
       <c r="C28" s="61" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="61" t="s">
         <v>20</v>
       </c>
       <c r="E28" s="61" t="s">
         <v>19</v>
       </c>
       <c r="F28" s="61" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G28" s="13"/>
       <c r="H28" s="3"/>
     </row>
-    <row r="29" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="3"/>
       <c r="B29" s="8"/>
       <c r="C29" s="23">
         <v>1</v>
       </c>
       <c r="D29" s="54" t="str">
         <f>IF($E$12="","",$E$12)</f>
         <v/>
       </c>
       <c r="E29" s="51" t="str">
         <f>IF($E$12="","",SUM(D19:D23))</f>
         <v/>
       </c>
       <c r="F29" s="55" t="str">
         <f>IF($E$14="Monthly",K12,L12)</f>
         <v/>
       </c>
       <c r="G29" s="13"/>
       <c r="H29" s="3"/>
     </row>
-    <row r="30" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="3"/>
       <c r="B30" s="8"/>
       <c r="C30" s="23">
         <v>2</v>
       </c>
       <c r="D30" s="54" t="str">
         <f>IF($E$12="","",$E$12)</f>
         <v/>
       </c>
       <c r="E30" s="51" t="str">
         <f>IF($E$12="","",SUM(D19:D23))</f>
         <v/>
       </c>
       <c r="F30" s="55" t="str">
         <f t="shared" ref="F30:F35" si="0">IF($E$14="Monthly",K13,L13)</f>
         <v/>
       </c>
       <c r="G30" s="13"/>
       <c r="H30" s="3"/>
     </row>
-    <row r="31" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="3"/>
       <c r="B31" s="8"/>
       <c r="C31" s="23">
         <v>3</v>
       </c>
       <c r="D31" s="54" t="str">
         <f>IF($E$12="","",$E$12)</f>
         <v/>
       </c>
       <c r="E31" s="51" t="str">
         <f>IF($E$12="","",SUM(D19:D23))</f>
         <v/>
       </c>
       <c r="F31" s="55" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="G31" s="13"/>
       <c r="H31" s="3"/>
     </row>
-    <row r="32" spans="1:12" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="3"/>
       <c r="B32" s="8"/>
       <c r="C32" s="23">
         <v>4</v>
       </c>
       <c r="D32" s="54" t="str">
         <f>IF($E$12="","",$E$12-($E$12*0.2))</f>
         <v/>
       </c>
       <c r="E32" s="51" t="str">
         <f>IF($E$12="","",SUM(D20:D23))</f>
         <v/>
       </c>
       <c r="F32" s="55" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="G32" s="13"/>
       <c r="H32" s="3"/>
     </row>
-    <row r="33" spans="1:15" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:15" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="3"/>
       <c r="B33" s="8"/>
       <c r="C33" s="23">
         <v>5</v>
       </c>
       <c r="D33" s="54" t="str">
         <f>IF($E$12="","",$E$12-($E$12*0.4))</f>
         <v/>
       </c>
       <c r="E33" s="51" t="str">
         <f>IF($E$12="","",SUM(D21:D23))</f>
         <v/>
       </c>
       <c r="F33" s="55" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="G33" s="13"/>
       <c r="H33" s="3"/>
     </row>
-    <row r="34" spans="1:15" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:15" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="3"/>
       <c r="B34" s="8"/>
       <c r="C34" s="23">
         <v>6</v>
       </c>
       <c r="D34" s="54" t="str">
         <f>IF($E$12="","",$E$12-($E$12*0.6))</f>
         <v/>
       </c>
       <c r="E34" s="51" t="str">
         <f>IF($E$12="","",SUM(D22:D23))</f>
         <v/>
       </c>
       <c r="F34" s="55" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="G34" s="13"/>
       <c r="H34" s="3"/>
     </row>
-    <row r="35" spans="1:15" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:15" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="3"/>
       <c r="B35" s="8"/>
       <c r="C35" s="23">
         <v>7</v>
       </c>
       <c r="D35" s="54" t="str">
         <f>IF($E$12="","",$E$12-($E$12*0.8))</f>
         <v/>
       </c>
       <c r="E35" s="51" t="str">
         <f>IF($E$12="","",SUM(D23))</f>
         <v/>
       </c>
       <c r="F35" s="55" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="G35" s="13"/>
       <c r="H35" s="3"/>
     </row>
-    <row r="36" spans="1:15" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:15" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="3"/>
       <c r="B36" s="8"/>
       <c r="C36" s="26" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="27" t="s">
         <v>24</v>
       </c>
       <c r="E36" s="28" t="s">
         <v>24</v>
       </c>
       <c r="F36" s="28" t="str">
         <f>IF($F$19="","",SUM(F29:F35))</f>
         <v/>
       </c>
       <c r="G36" s="13"/>
       <c r="H36" s="3"/>
     </row>
-    <row r="37" spans="1:15" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:15" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="3"/>
       <c r="B37" s="8"/>
       <c r="C37" s="35"/>
       <c r="D37" s="35"/>
       <c r="E37" s="15"/>
       <c r="F37" s="16"/>
       <c r="G37" s="17"/>
       <c r="H37" s="3"/>
     </row>
-    <row r="38" spans="1:15" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:15" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="3"/>
       <c r="B38" s="8"/>
       <c r="C38" s="39" t="s">
         <v>18</v>
       </c>
       <c r="D38" s="33"/>
       <c r="E38" s="50" t="str">
         <f>IF(F24="","",F24/E12)</f>
         <v/>
       </c>
       <c r="F38" s="48"/>
       <c r="G38" s="13"/>
       <c r="H38" s="3"/>
     </row>
-    <row r="39" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="3"/>
       <c r="B39" s="8"/>
       <c r="C39" s="14"/>
       <c r="D39" s="14"/>
       <c r="E39" s="15"/>
       <c r="F39" s="15"/>
       <c r="G39" s="13"/>
       <c r="H39" s="15"/>
       <c r="I39" s="59"/>
       <c r="J39" s="59"/>
       <c r="N39" s="18"/>
       <c r="O39" s="18"/>
     </row>
-    <row r="40" spans="1:15" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:15" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="3"/>
       <c r="B40" s="8"/>
       <c r="C40" s="84" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D40" s="84"/>
       <c r="E40" s="84"/>
       <c r="F40" s="84"/>
       <c r="G40" s="13"/>
       <c r="H40" s="20"/>
       <c r="I40" s="59"/>
       <c r="J40" s="59"/>
       <c r="N40" s="18"/>
       <c r="O40" s="18"/>
     </row>
-    <row r="41" spans="1:15" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:15" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
       <c r="B41" s="8"/>
       <c r="C41" s="14"/>
       <c r="D41" s="14"/>
       <c r="E41" s="15"/>
       <c r="F41" s="16"/>
       <c r="G41" s="17"/>
       <c r="H41" s="3"/>
     </row>
-    <row r="42" spans="1:15" s="22" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:15" s="22" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="3"/>
       <c r="B42" s="8"/>
       <c r="C42" s="83" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D42" s="83"/>
       <c r="E42" s="83"/>
       <c r="F42" s="83"/>
       <c r="G42" s="17"/>
       <c r="H42" s="3"/>
       <c r="I42" s="57"/>
       <c r="J42" s="57"/>
       <c r="K42" s="57"/>
       <c r="L42" s="57"/>
       <c r="M42" s="53"/>
     </row>
-    <row r="43" spans="1:15" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:15" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="3"/>
       <c r="B43" s="8"/>
       <c r="C43" s="34"/>
       <c r="D43" s="34"/>
       <c r="E43" s="16"/>
       <c r="F43" s="36"/>
       <c r="G43" s="17"/>
       <c r="H43" s="3"/>
       <c r="I43" s="57"/>
       <c r="J43" s="57"/>
       <c r="K43" s="57"/>
       <c r="L43" s="57"/>
       <c r="M43" s="53"/>
     </row>
-    <row r="44" spans="1:15" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:15" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="3"/>
       <c r="B44" s="8"/>
       <c r="C44" s="32" t="s">
         <v>17</v>
       </c>
       <c r="D44" s="32"/>
       <c r="E44" s="75"/>
       <c r="F44" s="76" t="str">
         <f>IF(E14="Monthly","per month","per year")</f>
         <v>per year</v>
       </c>
       <c r="G44" s="17"/>
       <c r="H44" s="3"/>
     </row>
-    <row r="45" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="3"/>
       <c r="B45" s="8"/>
       <c r="C45" s="38"/>
       <c r="D45" s="38"/>
       <c r="E45" s="74"/>
       <c r="F45" s="37"/>
       <c r="G45" s="17"/>
       <c r="H45" s="3"/>
     </row>
-    <row r="46" spans="1:15" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:15" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="3"/>
       <c r="B46" s="8"/>
       <c r="C46" s="32" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="39"/>
       <c r="E46" s="40" t="str">
         <f>IF($E$44="","",IF(E14="Monthly",(E44*12)*7,E44*7))</f>
         <v/>
       </c>
       <c r="F46" s="37"/>
       <c r="G46" s="17"/>
       <c r="H46" s="3"/>
     </row>
-    <row r="47" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="3"/>
       <c r="B47" s="8"/>
       <c r="C47" s="38"/>
       <c r="D47" s="41"/>
       <c r="E47" s="42"/>
       <c r="F47" s="43"/>
       <c r="G47" s="17"/>
       <c r="H47" s="3"/>
     </row>
-    <row r="48" spans="1:15" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:15" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="3"/>
       <c r="B48" s="8"/>
       <c r="C48" s="32" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D48" s="39"/>
       <c r="E48" s="40" t="str">
         <f>F24</f>
         <v/>
       </c>
       <c r="F48" s="43"/>
       <c r="G48" s="19"/>
       <c r="H48" s="3"/>
     </row>
-    <row r="49" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="3"/>
       <c r="B49" s="8"/>
       <c r="C49" s="38"/>
       <c r="D49" s="38"/>
       <c r="E49" s="16"/>
       <c r="F49" s="37"/>
       <c r="G49" s="17"/>
       <c r="H49" s="3"/>
     </row>
-    <row r="50" spans="1:13" ht="22" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:13" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="3"/>
       <c r="B50" s="8"/>
       <c r="C50" s="39" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D50" s="39"/>
       <c r="E50" s="49" t="str">
         <f>IF($E$46="","",E48-E46)</f>
         <v/>
       </c>
       <c r="F50" s="37"/>
       <c r="G50" s="17"/>
       <c r="H50" s="3"/>
     </row>
-    <row r="51" spans="1:13" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="3"/>
       <c r="B51" s="8"/>
       <c r="C51" s="14"/>
       <c r="D51" s="14"/>
       <c r="E51" s="15"/>
       <c r="F51" s="16"/>
       <c r="G51" s="17"/>
       <c r="H51" s="3"/>
     </row>
-    <row r="52" spans="1:13" s="22" customFormat="1" ht="40" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:13" s="22" customFormat="1" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="3"/>
       <c r="B52" s="8"/>
       <c r="C52" s="80" t="s">
         <v>0</v>
       </c>
       <c r="D52" s="81"/>
       <c r="E52" s="81"/>
       <c r="F52" s="82"/>
       <c r="G52" s="17"/>
       <c r="H52" s="3"/>
       <c r="I52" s="57"/>
       <c r="J52" s="57"/>
       <c r="K52" s="57"/>
       <c r="L52" s="57"/>
       <c r="M52" s="53"/>
     </row>
-    <row r="53" spans="1:13" s="22" customFormat="1" ht="20.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="53" spans="1:13" s="22" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="3"/>
       <c r="B53" s="10"/>
       <c r="C53" s="21"/>
       <c r="D53" s="21"/>
       <c r="E53" s="44"/>
       <c r="F53" s="45"/>
       <c r="G53" s="46"/>
       <c r="H53" s="3"/>
       <c r="I53" s="57"/>
       <c r="J53" s="57"/>
       <c r="K53" s="57"/>
       <c r="L53" s="57"/>
       <c r="M53" s="53"/>
     </row>
-    <row r="55" spans="1:13" ht="50.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:13" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="78" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C55" s="78"/>
       <c r="D55" s="78"/>
       <c r="E55" s="78"/>
       <c r="F55" s="78"/>
       <c r="G55" s="78"/>
     </row>
-    <row r="56" spans="1:13" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:13" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B56" s="11"/>
     </row>
-    <row r="57" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="B57" s="12" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
     </row>
   </sheetData>
-  <sheetProtection password="EC06" sheet="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <mergeCells count="8">
     <mergeCell ref="J2:L2"/>
     <mergeCell ref="B55:G55"/>
     <mergeCell ref="C6:F6"/>
     <mergeCell ref="C52:F52"/>
     <mergeCell ref="C42:F42"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="C40:F40"/>
     <mergeCell ref="J10:L10"/>
   </mergeCells>
   <dataValidations count="2">
-    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="The minimum IHT liability we can cover with a Gift Inter Vivos arrangement is £50,000 (as the minimum sum assured per cover is £10,000)" sqref="E12">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="The minimum IHT liability we can cover with a Gift Inter Vivos arrangement is £50,000 (as the minimum sum assured per cover is £10,000)" sqref="E12" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>50000</formula1>
     </dataValidation>
-    <dataValidation type="list" operator="greaterThanOrEqual" showInputMessage="1" showErrorMessage="1" error="Please select from list" sqref="E14">
+    <dataValidation type="list" operator="greaterThanOrEqual" showInputMessage="1" showErrorMessage="1" error="Please select from list" sqref="E14" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>$I$2:$I$3</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Arial"&amp;8&amp;KFF0000 Aviva: Confidential</oddFooter>
+  </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="K15:L17" formulaRange="1"/>
   </ignoredErrors>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001E691250DB15574DA77400C8623CFD41" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6b837d10644b79e7fecb6c5631e1bf02">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bb08052-e098-4d9e-95a9-025c59383602" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7ccc0b76c4ac6a8d7c10662daad5af68" ns2:_="">
+    <xsd:import namespace="9bb08052-e098-4d9e-95a9-025c59383602"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9bb08052-e098-4d9e-95a9-025c59383602" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21A7AA66-8A0D-47BE-8E31-56F169FF3798}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46E47FCE-2CA3-4403-AB2F-80ACCDCCAEA3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8AF7461-4432-4FB1-B393-90EAD8A4309A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9bb08052-e098-4d9e-95a9-025c59383602"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{6a529c82-80a7-4af8-a184-cafecd64a441}" enabled="1" method="Privileged" siteId="{42d0d02d-6286-465e-999b-31006231efb1}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Gift Inter Vivos Calculator</vt:lpstr>
       <vt:lpstr>'Gift Inter Vivos Calculator'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ageas Protect</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Andy Roberts</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101001E691250DB15574DA77400C8623CFD41</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_Enabled">
+    <vt:lpwstr>True</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_SiteId">
+    <vt:lpwstr>125b2735-a11e-4b73-8591-3228273f27f0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_SetDate">
+    <vt:lpwstr>2025-11-06T13:24:39Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_Name">
+    <vt:lpwstr>Confidential</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_ActionId">
+    <vt:lpwstr>1780f595-c304-4548-8733-0410c7d0c53f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_Removed">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_Extended_MSFT_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Sensitivity">
+    <vt:lpwstr>Confidential</vt:lpwstr>
+  </property>
+</Properties>
+</file>