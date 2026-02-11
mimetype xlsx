--- v0 (2025-10-27)
+++ v1 (2026-02-11)
@@ -1,96 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\flprod.co.uk\home\robera\Documents\Tools &amp; Calculators\Aviva Versions\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Marketing\Part VII\Shop Window\Literature_Final\Non-Priority Static Docs_Batch 5_041125\Final\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <workbookProtection workbookPassword="EC08" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7D1BECDB-2510-481C-9A70-D04611323AC0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="480" yWindow="120" windowWidth="22995" windowHeight="14370"/>
+    <workbookView xWindow="15375" yWindow="-16485" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Relevant Life Calculator" sheetId="5" r:id="rId1"/>
-    <sheet name="Inputs" sheetId="6" state="hidden" r:id="rId2"/>
+    <sheet name="Inputs" sheetId="6" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Relevant Life Calculator'!$B$2:$G$52</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029" calcMode="manual"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D38" i="5" l="1"/>
   <c r="D32" i="5" l="1"/>
   <c r="K36" i="5" l="1"/>
   <c r="I38" i="5"/>
   <c r="K38" i="5" s="1"/>
   <c r="K39" i="5" s="1"/>
   <c r="L39" i="5" s="1"/>
   <c r="D36" i="5" s="1"/>
   <c r="E42" i="5" l="1"/>
   <c r="E43" i="5" l="1"/>
+  <c r="E44" i="5"/>
+  <c r="E45" i="5" s="1"/>
+  <c r="D44" i="5"/>
+  <c r="D45" i="5" s="1"/>
   <c r="I32" i="5"/>
   <c r="E41" i="5" l="1"/>
-  <c r="E44" i="5" s="1"/>
-  <c r="E45" i="5" s="1"/>
   <c r="D41" i="5"/>
   <c r="I30" i="5" l="1"/>
   <c r="I42" i="5" s="1"/>
-  <c r="D43" i="5" l="1"/>
-[...2 lines deleted...]
-  <c r="D42" i="5"/>
+  <c r="D43" i="5" s="1"/>
+  <c r="D42" i="5" l="1"/>
   <c r="D20" i="5"/>
   <c r="D47" i="5" l="1"/>
   <c r="F47" i="5" s="1"/>
   <c r="D22" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="46">
   <si>
     <t>Client details</t>
   </si>
   <si>
     <t>per year</t>
   </si>
   <si>
     <t>For Intermediaries only</t>
   </si>
   <si>
     <t>Relevant Life Calculator</t>
   </si>
   <si>
     <t>Age bracket</t>
   </si>
   <si>
@@ -250,68 +267,68 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10.5"/>
         <color rgb="FFB10101"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>*</t>
     </r>
     <r>
       <rPr>
         <sz val="10.5"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> The difference in cost to an employer of providing life cover for an employee with a Relevant Life policy, and compensating them for the gross cost of a personal policy they take out themselves.</t>
     </r>
   </si>
   <si>
-    <t>You can use this tool to calculate the maximum amount of Relevant Life cover a customer can have with Aviva Protection UK Limited, and compare the cost of Relevant Life to personal cover.</t>
-[...5 lines deleted...]
-    <t>EDCO 3528-0225</t>
+    <t>You can use this tool to calculate the maximum amount of Relevant Life cover a customer can have with Aviva Life &amp; Pensions UK Limited, and compare the cost of Relevant Life to personal cover.</t>
+  </si>
+  <si>
+    <t>EDCO 3528-0126</t>
+  </si>
+  <si>
+    <t>Aviva Life &amp; Pensions UK Limited. Registered in England and Wales No 3253947. Aviva, Wellington Row, York, YO90 1WR. Authorised by the Prudential Regulation Authority and regulated by the Financial Conduct Authority and the Prudential Regulation Authority. Firm reference number 185896.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="&quot;£&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="&quot;£&quot;#,##0"/>
   </numFmts>
-  <fonts count="28" x14ac:knownFonts="1">
+  <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF0070C0"/>
@@ -419,100 +436,85 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
       <sz val="22"/>
       <color rgb="FF191D64"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFB10101"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color rgb="FFB10101"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10.5"/>
       <color rgb="FFB10101"/>
-      <name val="Calibri"/>
-[...21 lines deleted...]
-      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF191D64"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -986,54 +988,87 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="9" fontId="5" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1052,83 +1087,50 @@
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="13" fillId="2" borderId="23" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...31 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1153,220 +1155,226 @@
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFB10101"/>
       <color rgb="FFFFF3C6"/>
       <color rgb="FF9CCDFB"/>
       <color rgb="FF191D64"/>
       <color rgb="FFCC0066"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>51288</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1377</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>100361</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1"/>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4447442" y="432288"/>
           <a:ext cx="1333153" cy="239573"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1495,114 +1503,114 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AI56"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="D12" sqref="D12"/>
+    <sheetView tabSelected="1" topLeftCell="A19" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="F63" sqref="F63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="17.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="3.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="37" style="1" customWidth="1"/>
     <col min="4" max="4" width="20.7109375" style="40" customWidth="1"/>
     <col min="5" max="5" width="2.7109375" style="40" customWidth="1"/>
     <col min="6" max="6" width="18.7109375" style="33" customWidth="1"/>
     <col min="7" max="7" width="3.7109375" style="40" customWidth="1"/>
     <col min="8" max="8" width="3.7109375" style="1" customWidth="1"/>
-    <col min="9" max="12" width="9.140625" style="71" customWidth="1"/>
+    <col min="9" max="12" width="9.140625" style="51" customWidth="1"/>
     <col min="13" max="35" width="9.140625" style="49"/>
     <col min="36" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="3"/>
       <c r="B1" s="3"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="13"/>
       <c r="G1" s="17"/>
       <c r="H1" s="3"/>
     </row>
     <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3"/>
       <c r="B2" s="6"/>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
       <c r="G2" s="8"/>
       <c r="H2" s="3"/>
     </row>
     <row r="3" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="9"/>
       <c r="C3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="10"/>
       <c r="H3" s="3"/>
     </row>
     <row r="4" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3"/>
       <c r="B4" s="9"/>
-      <c r="C4" s="52" t="s">
+      <c r="C4" s="63" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="10"/>
       <c r="H4" s="3"/>
     </row>
     <row r="5" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="4"/>
       <c r="B5" s="9"/>
       <c r="C5" s="16"/>
       <c r="D5" s="17"/>
       <c r="E5" s="17"/>
       <c r="F5" s="13"/>
       <c r="G5" s="18"/>
       <c r="H5" s="4"/>
     </row>
     <row r="6" spans="1:8" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="9"/>
       <c r="C6" s="83" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="83"/>
@@ -1649,157 +1657,157 @@
       <c r="C10" s="87" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="87"/>
       <c r="E10" s="87"/>
       <c r="F10" s="87"/>
       <c r="G10" s="18"/>
       <c r="H10" s="3"/>
     </row>
     <row r="11" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="3"/>
       <c r="B11" s="9"/>
       <c r="C11" s="16"/>
       <c r="D11" s="17"/>
       <c r="E11" s="17"/>
       <c r="F11" s="13"/>
       <c r="G11" s="18"/>
       <c r="H11" s="3"/>
     </row>
     <row r="12" spans="1:8" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="3"/>
       <c r="B12" s="9"/>
       <c r="C12" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="D12" s="58"/>
-      <c r="E12" s="56"/>
+      <c r="D12" s="69"/>
+      <c r="E12" s="67"/>
       <c r="F12" s="14"/>
       <c r="G12" s="15"/>
       <c r="H12" s="3"/>
     </row>
     <row r="13" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="3"/>
       <c r="B13" s="9"/>
       <c r="C13" s="12"/>
-      <c r="D13" s="57"/>
+      <c r="D13" s="68"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="15"/>
       <c r="H13" s="3"/>
     </row>
     <row r="14" spans="1:8" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="3"/>
       <c r="B14" s="9"/>
-      <c r="C14" s="53" t="s">
+      <c r="C14" s="64" t="s">
         <v>13</v>
       </c>
-      <c r="D14" s="54" t="s">
+      <c r="D14" s="65" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="14"/>
       <c r="F14" s="14"/>
       <c r="G14" s="15"/>
       <c r="H14" s="3"/>
     </row>
     <row r="15" spans="1:8" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3"/>
       <c r="B15" s="9"/>
       <c r="C15" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="D15" s="60"/>
-      <c r="E15" s="59"/>
+      <c r="D15" s="71"/>
+      <c r="E15" s="70"/>
       <c r="F15" s="14" t="s">
         <v>1</v>
       </c>
       <c r="G15" s="15"/>
       <c r="H15" s="3"/>
     </row>
     <row r="16" spans="1:8" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="3"/>
       <c r="B16" s="9"/>
       <c r="C16" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="61"/>
-      <c r="E16" s="59"/>
+      <c r="D16" s="72"/>
+      <c r="E16" s="70"/>
       <c r="F16" s="14" t="s">
         <v>1</v>
       </c>
       <c r="G16" s="15"/>
       <c r="H16" s="3"/>
     </row>
     <row r="17" spans="1:9" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3"/>
       <c r="B17" s="9"/>
       <c r="C17" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="D17" s="61"/>
+      <c r="D17" s="72"/>
       <c r="E17" s="14"/>
       <c r="F17" s="14" t="s">
         <v>1</v>
       </c>
       <c r="G17" s="15"/>
       <c r="H17" s="3"/>
     </row>
     <row r="18" spans="1:9" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3"/>
       <c r="B18" s="9"/>
-      <c r="C18" s="63" t="s">
+      <c r="C18" s="74" t="s">
         <v>19</v>
       </c>
-      <c r="D18" s="62"/>
+      <c r="D18" s="73"/>
       <c r="E18" s="14"/>
       <c r="F18" s="14" t="s">
         <v>1</v>
       </c>
       <c r="G18" s="15"/>
       <c r="H18" s="3"/>
     </row>
     <row r="19" spans="1:9" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="3"/>
       <c r="B19" s="9"/>
       <c r="C19" s="29" t="s">
         <v>17</v>
       </c>
-      <c r="D19" s="60"/>
-      <c r="E19" s="59"/>
+      <c r="D19" s="71"/>
+      <c r="E19" s="70"/>
       <c r="F19" s="14" t="s">
         <v>1</v>
       </c>
       <c r="G19" s="15"/>
       <c r="H19" s="3"/>
     </row>
     <row r="20" spans="1:9" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="3"/>
       <c r="B20" s="9"/>
       <c r="C20" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="D20" s="64" t="str">
+      <c r="D20" s="75" t="str">
         <f>IF(SUM(D15:D19)=0,"",SUM(D15:D19))</f>
         <v/>
       </c>
       <c r="E20" s="14"/>
       <c r="F20" s="14" t="s">
         <v>1</v>
       </c>
       <c r="G20" s="15"/>
       <c r="H20" s="3"/>
     </row>
     <row r="21" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3"/>
       <c r="B21" s="9"/>
       <c r="C21" s="16"/>
       <c r="D21" s="17"/>
       <c r="E21" s="17"/>
       <c r="F21" s="13"/>
       <c r="G21" s="18"/>
       <c r="H21" s="3"/>
     </row>
     <row r="22" spans="1:9" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
       <c r="B22" s="9"/>
       <c r="C22" s="30" t="s">
         <v>20</v>
@@ -1848,288 +1856,288 @@
     <row r="26" spans="1:9" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="3"/>
       <c r="B26" s="9"/>
       <c r="C26" s="87" t="s">
         <v>23</v>
       </c>
       <c r="D26" s="87"/>
       <c r="E26" s="87"/>
       <c r="F26" s="87"/>
       <c r="G26" s="18"/>
       <c r="H26" s="3"/>
     </row>
     <row r="27" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
       <c r="B27" s="9"/>
       <c r="C27" s="16"/>
       <c r="D27" s="17"/>
       <c r="E27" s="17"/>
       <c r="F27" s="13"/>
       <c r="G27" s="18"/>
       <c r="H27" s="3"/>
     </row>
     <row r="28" spans="1:9" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="3"/>
       <c r="B28" s="9"/>
-      <c r="C28" s="65" t="s">
+      <c r="C28" s="76" t="s">
         <v>24</v>
       </c>
-      <c r="D28" s="66"/>
-      <c r="E28" s="56"/>
+      <c r="D28" s="77"/>
+      <c r="E28" s="67"/>
       <c r="F28" s="14"/>
       <c r="G28" s="15"/>
       <c r="H28" s="3"/>
     </row>
     <row r="29" spans="1:9" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="3"/>
       <c r="B29" s="9"/>
       <c r="C29" s="32"/>
       <c r="D29" s="17"/>
       <c r="E29" s="17"/>
       <c r="F29" s="13"/>
       <c r="G29" s="18"/>
       <c r="H29" s="3"/>
     </row>
     <row r="30" spans="1:9" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="3"/>
       <c r="B30" s="9"/>
-      <c r="C30" s="67" t="s">
+      <c r="C30" s="78" t="s">
         <v>34</v>
       </c>
-      <c r="D30" s="69" t="s">
+      <c r="D30" s="80" t="s">
         <v>5</v>
       </c>
-      <c r="E30" s="56"/>
+      <c r="E30" s="67"/>
       <c r="G30" s="34"/>
       <c r="H30" s="3"/>
-      <c r="I30" s="72" t="str">
+      <c r="I30" s="59" t="str">
         <f>D30</f>
         <v>Select from list</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="3"/>
       <c r="B31" s="9"/>
       <c r="C31" s="32"/>
-      <c r="D31" s="68"/>
+      <c r="D31" s="79"/>
       <c r="E31" s="17"/>
       <c r="G31" s="18"/>
       <c r="H31" s="3"/>
-      <c r="I31" s="73"/>
+      <c r="I31" s="60"/>
     </row>
     <row r="32" spans="1:9" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="5"/>
       <c r="B32" s="9"/>
       <c r="C32" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="D32" s="51" t="str">
+      <c r="D32" s="62" t="str">
         <f>IF(D30="Select from list","",IF(D30=20%,8%,2%))</f>
         <v/>
       </c>
       <c r="E32" s="13"/>
       <c r="G32" s="15"/>
       <c r="H32" s="5"/>
-      <c r="I32" s="72" t="str">
+      <c r="I32" s="59" t="str">
         <f>D32</f>
         <v/>
       </c>
     </row>
     <row r="33" spans="1:12" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="3"/>
       <c r="B33" s="9"/>
       <c r="C33" s="32"/>
       <c r="D33" s="17"/>
       <c r="E33" s="17"/>
       <c r="F33" s="13"/>
       <c r="G33" s="18"/>
       <c r="H33" s="3"/>
     </row>
     <row r="34" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="5"/>
       <c r="B34" s="9"/>
       <c r="C34" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="D34" s="70"/>
+      <c r="D34" s="81"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="15"/>
       <c r="H34" s="5"/>
-      <c r="I34" s="74"/>
+      <c r="I34" s="53"/>
     </row>
     <row r="35" spans="1:12" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="3"/>
       <c r="B35" s="9"/>
       <c r="C35" s="32"/>
-      <c r="D35" s="68"/>
+      <c r="D35" s="79"/>
       <c r="E35" s="17"/>
       <c r="F35" s="13"/>
       <c r="G35" s="18"/>
       <c r="H35" s="3"/>
     </row>
     <row r="36" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="5"/>
       <c r="B36" s="9"/>
       <c r="C36" s="27" t="s">
         <v>30</v>
       </c>
       <c r="D36" s="47" t="str">
         <f>IF(D34="","",MAX(L39,19%))</f>
         <v/>
       </c>
       <c r="E36" s="13"/>
       <c r="F36" s="14" t="s">
         <v>37</v>
       </c>
       <c r="G36" s="15"/>
       <c r="H36" s="5"/>
-      <c r="I36" s="75">
+      <c r="I36" s="55">
         <v>50000</v>
       </c>
-      <c r="J36" s="76">
+      <c r="J36" s="54">
         <v>0.19</v>
       </c>
-      <c r="K36" s="75">
+      <c r="K36" s="55">
         <f>I36*J36</f>
         <v>9500</v>
       </c>
-      <c r="L36" s="77"/>
+      <c r="L36" s="56"/>
     </row>
     <row r="37" spans="1:12" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="3"/>
       <c r="B37" s="9"/>
       <c r="C37" s="32"/>
       <c r="D37" s="17"/>
       <c r="E37" s="17"/>
       <c r="F37" s="13"/>
       <c r="G37" s="18"/>
       <c r="H37" s="3"/>
-      <c r="I37" s="77"/>
-[...2 lines deleted...]
-      <c r="L37" s="77"/>
+      <c r="I37" s="56"/>
+      <c r="J37" s="56"/>
+      <c r="K37" s="56"/>
+      <c r="L37" s="56"/>
     </row>
     <row r="38" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="3"/>
       <c r="B38" s="9"/>
       <c r="C38" s="27" t="s">
         <v>29</v>
       </c>
-      <c r="D38" s="51" t="str">
+      <c r="D38" s="62" t="str">
         <f>IF(D30="Select from list","",15%)</f>
         <v/>
       </c>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="34"/>
       <c r="H38" s="3"/>
-      <c r="I38" s="75">
+      <c r="I38" s="55">
         <f>D34-I36</f>
         <v>-50000</v>
       </c>
-      <c r="J38" s="78">
+      <c r="J38" s="57">
         <v>0.26500000000000001</v>
       </c>
-      <c r="K38" s="75">
+      <c r="K38" s="55">
         <f>I38*J38</f>
         <v>-13250</v>
       </c>
-      <c r="L38" s="77"/>
+      <c r="L38" s="56"/>
     </row>
     <row r="39" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="3"/>
       <c r="B39" s="9"/>
       <c r="C39" s="12"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="15"/>
       <c r="H39" s="3"/>
-      <c r="I39" s="77"/>
-[...1 lines deleted...]
-      <c r="K39" s="75">
+      <c r="I39" s="56"/>
+      <c r="J39" s="56"/>
+      <c r="K39" s="55">
         <f>SUM(K36:K38)</f>
         <v>-3750</v>
       </c>
-      <c r="L39" s="79" t="e">
+      <c r="L39" s="58" t="e">
         <f>MIN(K39/D34,25%)</f>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="40" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="3"/>
       <c r="B40" s="9"/>
-      <c r="C40" s="53" t="s">
+      <c r="C40" s="64" t="s">
         <v>35</v>
       </c>
-      <c r="D40" s="55" t="s">
+      <c r="D40" s="66" t="s">
         <v>25</v>
       </c>
       <c r="E40" s="89" t="s">
         <v>26</v>
       </c>
       <c r="F40" s="89"/>
       <c r="G40" s="15"/>
       <c r="H40" s="3"/>
     </row>
     <row r="41" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="3"/>
       <c r="B41" s="9"/>
       <c r="C41" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D41" s="20" t="str">
         <f>IF($D$28="","",$D$28)</f>
         <v/>
       </c>
       <c r="E41" s="90" t="str">
         <f t="shared" ref="E41" si="0">IF($D$28="","",$D$28)</f>
         <v/>
       </c>
       <c r="F41" s="91"/>
       <c r="G41" s="15"/>
       <c r="H41" s="3"/>
     </row>
     <row r="42" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="3"/>
       <c r="B42" s="9"/>
       <c r="C42" s="35" t="s">
         <v>33</v>
       </c>
       <c r="D42" s="20" t="str">
         <f>IF(D30="Select from list","",I42-D41)</f>
         <v/>
       </c>
       <c r="E42" s="90" t="str">
         <f>IF($D$32="","",0)</f>
         <v/>
       </c>
       <c r="F42" s="91"/>
       <c r="G42" s="15"/>
       <c r="H42" s="3"/>
-      <c r="I42" s="80" t="e">
+      <c r="I42" s="61" t="e">
         <f>D28/(1-(I30+I32))</f>
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="43" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="3"/>
       <c r="B43" s="9"/>
       <c r="C43" s="35" t="s">
         <v>31</v>
       </c>
       <c r="D43" s="20" t="str">
         <f>IF(D30="Select from list","",I42*D38)</f>
         <v/>
       </c>
       <c r="E43" s="90" t="str">
         <f>IF($D$38="","",0)</f>
         <v/>
       </c>
       <c r="F43" s="91"/>
       <c r="G43" s="15"/>
       <c r="H43" s="3"/>
     </row>
     <row r="44" spans="1:12" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="3"/>
       <c r="B44" s="9"/>
@@ -2215,186 +2223,189 @@
       <c r="F49" s="88"/>
       <c r="G49" s="15"/>
       <c r="H49" s="5"/>
     </row>
     <row r="50" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="3"/>
       <c r="B50" s="9"/>
       <c r="C50" s="16"/>
       <c r="D50" s="17"/>
       <c r="E50" s="17"/>
       <c r="F50" s="13"/>
       <c r="G50" s="18"/>
       <c r="H50" s="3"/>
     </row>
     <row r="51" spans="1:35" s="40" customFormat="1" ht="54.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="3"/>
       <c r="B51" s="9"/>
       <c r="C51" s="84" t="s">
         <v>39</v>
       </c>
       <c r="D51" s="85"/>
       <c r="E51" s="85"/>
       <c r="F51" s="86"/>
       <c r="G51" s="18"/>
       <c r="H51" s="3"/>
-      <c r="I51" s="81"/>
-[...2 lines deleted...]
-      <c r="L51" s="81"/>
+      <c r="I51" s="52"/>
+      <c r="J51" s="52"/>
+      <c r="K51" s="52"/>
+      <c r="L51" s="52"/>
       <c r="M51" s="50"/>
       <c r="N51" s="50"/>
       <c r="O51" s="50"/>
       <c r="P51" s="50"/>
       <c r="Q51" s="50"/>
       <c r="R51" s="50"/>
       <c r="S51" s="50"/>
       <c r="T51" s="50"/>
       <c r="U51" s="50"/>
       <c r="V51" s="50"/>
       <c r="W51" s="50"/>
       <c r="X51" s="50"/>
       <c r="Y51" s="50"/>
       <c r="Z51" s="50"/>
       <c r="AA51" s="50"/>
       <c r="AB51" s="50"/>
       <c r="AC51" s="50"/>
       <c r="AD51" s="50"/>
       <c r="AE51" s="50"/>
       <c r="AF51" s="50"/>
       <c r="AG51" s="50"/>
       <c r="AH51" s="50"/>
       <c r="AI51" s="50"/>
     </row>
     <row r="52" spans="1:35" s="40" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="3"/>
       <c r="B52" s="11"/>
       <c r="C52" s="41"/>
       <c r="D52" s="42"/>
       <c r="E52" s="42"/>
       <c r="F52" s="43"/>
       <c r="G52" s="44"/>
       <c r="H52" s="3"/>
-      <c r="I52" s="81"/>
-[...2 lines deleted...]
-      <c r="L52" s="81"/>
+      <c r="I52" s="52"/>
+      <c r="J52" s="52"/>
+      <c r="K52" s="52"/>
+      <c r="L52" s="52"/>
       <c r="M52" s="50"/>
       <c r="N52" s="50"/>
       <c r="O52" s="50"/>
       <c r="P52" s="50"/>
       <c r="Q52" s="50"/>
       <c r="R52" s="50"/>
       <c r="S52" s="50"/>
       <c r="T52" s="50"/>
       <c r="U52" s="50"/>
       <c r="V52" s="50"/>
       <c r="W52" s="50"/>
       <c r="X52" s="50"/>
       <c r="Y52" s="50"/>
       <c r="Z52" s="50"/>
       <c r="AA52" s="50"/>
       <c r="AB52" s="50"/>
       <c r="AC52" s="50"/>
       <c r="AD52" s="50"/>
       <c r="AE52" s="50"/>
       <c r="AF52" s="50"/>
       <c r="AG52" s="50"/>
       <c r="AH52" s="50"/>
       <c r="AI52" s="50"/>
     </row>
     <row r="53" spans="1:35" x14ac:dyDescent="0.25">
-      <c r="I53" s="81"/>
+      <c r="I53" s="52"/>
     </row>
     <row r="54" spans="1:35" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="82" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C54" s="82"/>
       <c r="D54" s="82"/>
       <c r="E54" s="82"/>
       <c r="F54" s="82"/>
       <c r="G54" s="82"/>
-      <c r="I54" s="81"/>
+      <c r="I54" s="52"/>
     </row>
     <row r="55" spans="1:35" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="45"/>
-      <c r="I55" s="81"/>
+      <c r="I55" s="52"/>
     </row>
     <row r="56" spans="1:35" x14ac:dyDescent="0.25">
       <c r="B56" s="46" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="I56" s="81"/>
+        <v>44</v>
+      </c>
+      <c r="I56" s="52"/>
     </row>
   </sheetData>
-  <sheetProtection password="EC08" sheet="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
   <mergeCells count="13">
     <mergeCell ref="B54:G54"/>
     <mergeCell ref="C6:F6"/>
     <mergeCell ref="C51:F51"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="C26:F26"/>
     <mergeCell ref="C24:F24"/>
     <mergeCell ref="C49:F49"/>
     <mergeCell ref="E40:F40"/>
     <mergeCell ref="E42:F42"/>
     <mergeCell ref="E43:F43"/>
     <mergeCell ref="E41:F41"/>
     <mergeCell ref="E44:F44"/>
     <mergeCell ref="E45:F45"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="78" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="78" orientation="portrait"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Arial"&amp;8&amp;KFF0000 Aviva: Confidential</oddFooter>
+  </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="I42" evalError="1"/>
   </ignoredErrors>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
-        <x14:dataValidation type="list" error="Please select from list" prompt="Please select from list">
+        <x14:dataValidation type="list" error="Please select from list" prompt="Please select from list" xr:uid="{00000000-0002-0000-0000-000000000000}">
           <x14:formula1>
             <xm:f>Inputs!$A$2:$A$6</xm:f>
           </x14:formula1>
           <xm:sqref>D12</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" error="Please select from list" prompt="Please select from list">
+        <x14:dataValidation type="list" error="Please select from list" prompt="Please select from list" xr:uid="{00000000-0002-0000-0000-000001000000}">
           <x14:formula1>
             <xm:f>Inputs!$A$11:$A$13</xm:f>
           </x14:formula1>
           <xm:sqref>D30</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A14" sqref="A14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.7109375" style="24" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.7109375" style="24" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1" s="23" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="21" t="s">
         <v>11</v>
       </c>
@@ -2434,73 +2445,338 @@
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="23" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" s="22">
         <v>0.2</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" s="22">
         <v>0.4</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="22">
         <v>0.45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Arial"&amp;8&amp;KFF0000 Aviva: Confidential</oddFooter>
+  </headerFooter>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001E691250DB15574DA77400C8623CFD41" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6b837d10644b79e7fecb6c5631e1bf02">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9bb08052-e098-4d9e-95a9-025c59383602" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7ccc0b76c4ac6a8d7c10662daad5af68" ns2:_="">
+    <xsd:import namespace="9bb08052-e098-4d9e-95a9-025c59383602"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9bb08052-e098-4d9e-95a9-025c59383602" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B42611A5-EBC9-4BB0-BCD5-9471F290FED4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9bb08052-e098-4d9e-95a9-025c59383602"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24BD0D1F-ABE4-4A35-AD00-9F73FD4EF683}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{518AAF18-0681-4BE6-96AF-38A5C582EA8B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{6a529c82-80a7-4af8-a184-cafecd64a441}" enabled="1" method="Privileged" siteId="{42d0d02d-6286-465e-999b-31006231efb1}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Relevant Life Calculator</vt:lpstr>
       <vt:lpstr>Inputs</vt:lpstr>
       <vt:lpstr>'Relevant Life Calculator'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ageas Protect</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Andy Roberts</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101001E691250DB15574DA77400C8623CFD41</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_Enabled">
+    <vt:lpwstr>True</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_SiteId">
+    <vt:lpwstr>125b2735-a11e-4b73-8591-3228273f27f0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_SetDate">
+    <vt:lpwstr>2025-11-06T13:20:37Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_Name">
+    <vt:lpwstr>Confidential</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_ActionId">
+    <vt:lpwstr>48904e4f-0596-4f98-b5b6-3fb034d3ccc5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_Removed">
+    <vt:lpwstr>False</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_dae14b90-2f15-462b-aadf-855a70c7cf70_Extended_MSFT_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Sensitivity">
+    <vt:lpwstr>Confidential</vt:lpwstr>
+  </property>
+</Properties>
+</file>